--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -6,166 +6,196 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://riegodo.sharepoint.com/sites/COMPRAS/Documentos/2025/INFORME DE COMPRAS Y CONTRATACIONES PARA LA OAI 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Wendy Suazo\Desktop\INFORME DE COMPRAS Y CONTRATACIONES PARA LA OAI 2025\9-INFORME DE SEPTIEMBRE 2025 1\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="18" documentId="8_{3D788998-D45B-451B-AE17-6C84FE25587B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A243270B-F6B2-4635-9C74-66BB591670E7}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7A232BFC-ED71-48ED-96A5-9F55DD3DF015}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView minimized="1" xWindow="18690" yWindow="3780" windowWidth="9270" windowHeight="8265" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="JUNIO" sheetId="1" r:id="rId1"/>
+    <sheet name="SEPTIEMBRE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">JUNIO!$C$1:$R$20</definedName>
-    <definedName name="lnkProcurementContractViewLinkNewTab_0" localSheetId="0">JUNIO!#REF!</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">SEPTIEMBRE!$C$1:$R$23</definedName>
+    <definedName name="lnkProcurementContractViewLinkNewTab_0" localSheetId="0">SEPTIEMBRE!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I15" i="1" l="1"/>
+  <c r="I18" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="30">
   <si>
     <t>MONTO</t>
   </si>
   <si>
     <t>CODIGO DEL PROCESO</t>
   </si>
   <si>
     <t xml:space="preserve">FECHA </t>
   </si>
   <si>
     <t xml:space="preserve">                                            MES DE JULIO 2020</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>TIPO DE BIEN, SERVIO U OBRA</t>
   </si>
   <si>
     <t>TIPO DE MIPYME</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t xml:space="preserve"> RELACION DE COMPRAS A MICRO PEQUEÑA Y MEDIANA EMPRESA</t>
   </si>
   <si>
     <t xml:space="preserve">  DIVISIÓN DE COMPRAS Y CONTRATACIONES</t>
   </si>
   <si>
     <t>MiPyme</t>
   </si>
   <si>
     <t>Mihail R. García</t>
   </si>
   <si>
     <t>Enc. División de Compras y Contrataciones</t>
   </si>
   <si>
     <t>MES DE SEPTIEMBRE 2025</t>
   </si>
   <si>
     <t>TNR-DAF-CD-2025-0061</t>
   </si>
   <si>
     <t>PWA, EIRL</t>
   </si>
   <si>
-    <t>Renovación de Licencia Microsoft 365  para la Dirección Ejecutiva de Tecnificación Nacional de Riego.</t>
-[...7 lines deleted...]
-  <si>
     <t>TNR-DAF-CD-2025-0062</t>
+  </si>
+  <si>
+    <t>TNR-DAF-CD-2025-0059</t>
+  </si>
+  <si>
+    <t>TNR-DAF-CD-2025-0060</t>
+  </si>
+  <si>
+    <t>TNR-DAF-CD-2025-0058</t>
+  </si>
+  <si>
+    <t>TNR-DAF-CD-2025-0063</t>
+  </si>
+  <si>
+    <t>Inversiones Gretmon, SRL</t>
+  </si>
+  <si>
+    <t>MARIA NIEVES ALVAREZ REVILLA</t>
+  </si>
+  <si>
+    <t>E&amp;R Fumiplag Pest Control, S.R.L.</t>
+  </si>
+  <si>
+    <t>Inversiones Iparra Del Caribe, SRL</t>
+  </si>
+  <si>
+    <t>Renovación de Licencias Microsoft 365 para TNR</t>
+  </si>
+  <si>
+    <t>Suministro Material Gastable de Oficina T-3</t>
+  </si>
+  <si>
+    <t>Mipyme Mujer</t>
+  </si>
+  <si>
+    <t>Relanzamiento Servicio de Fumigación 3er Trimestre TNR</t>
+  </si>
+  <si>
+    <t>Relanzamiento Compra UPS para Servidor de Tecnificación Nacional de Riego.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="165" formatCode="_-[$$-2C0A]\ * #,##0.00_-;\-[$$-2C0A]\ * #,##0.00_-;_-[$$-2C0A]\ * &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="_-[$$-80A]* #,##0.00_-;\-[$$-80A]* #,##0.00_-;_-[$$-80A]* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -190,74 +220,80 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
-[...9 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="0"/>
@@ -390,253 +426,239 @@
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="43" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="3" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="5" fillId="3" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="14" fontId="11" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...27 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -989,54 +1011,54 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="D1:Z28"/>
+  <dimension ref="D1:Z34"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="C2" zoomScaleNormal="65" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G16" sqref="G16"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A2" zoomScaleNormal="65" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.42578125" customWidth="1"/>
     <col min="3" max="3" width="8.7109375" customWidth="1"/>
     <col min="4" max="4" width="28" style="11" customWidth="1"/>
     <col min="5" max="5" width="14.85546875" style="7" customWidth="1"/>
     <col min="6" max="6" width="41.42578125" style="18" customWidth="1"/>
     <col min="7" max="7" width="85.5703125" style="2" customWidth="1"/>
     <col min="8" max="8" width="22.42578125" style="18" customWidth="1"/>
     <col min="9" max="9" width="22.140625" style="17" customWidth="1"/>
     <col min="10" max="10" width="1.5703125" hidden="1" customWidth="1"/>
     <col min="11" max="20" width="11.42578125" hidden="1" customWidth="1"/>
     <col min="21" max="21" width="0.42578125" hidden="1" customWidth="1"/>
     <col min="22" max="22" width="3" hidden="1" customWidth="1"/>
     <col min="23" max="23" width="0.5703125" hidden="1" customWidth="1"/>
     <col min="24" max="24" width="1.5703125" hidden="1" customWidth="1"/>
     <col min="25" max="25" width="4.140625" hidden="1" customWidth="1"/>
     <col min="26" max="26" width="40.28515625" customWidth="1"/>
     <col min="28" max="28" width="21" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="4:26" ht="21.75" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
@@ -1069,441 +1091,476 @@
       <c r="Y2" s="1"/>
     </row>
     <row r="3" spans="4:26" ht="24" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="D3" s="13"/>
       <c r="E3" s="9"/>
       <c r="G3" s="6"/>
       <c r="I3" s="16"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
     </row>
     <row r="4" spans="4:26" ht="103.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D4" s="61"/>
-[...4 lines deleted...]
-      <c r="I4" s="63"/>
+      <c r="D4" s="58"/>
+      <c r="E4" s="59"/>
+      <c r="F4" s="59"/>
+      <c r="G4" s="59"/>
+      <c r="H4" s="59"/>
+      <c r="I4" s="60"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
     </row>
     <row r="5" spans="4:26" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="D5" s="64" t="s">
+      <c r="D5" s="61" t="s">
         <v>9</v>
       </c>
-      <c r="E5" s="65"/>
-[...3 lines deleted...]
-      <c r="I5" s="66"/>
+      <c r="E5" s="62"/>
+      <c r="F5" s="62"/>
+      <c r="G5" s="62"/>
+      <c r="H5" s="62"/>
+      <c r="I5" s="63"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
       <c r="X5" s="1"/>
       <c r="Y5" s="1"/>
     </row>
     <row r="6" spans="4:26" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="D6" s="67" t="s">
+      <c r="D6" s="64" t="s">
         <v>8</v>
       </c>
-      <c r="E6" s="68"/>
-[...3 lines deleted...]
-      <c r="I6" s="69"/>
+      <c r="E6" s="65"/>
+      <c r="F6" s="65"/>
+      <c r="G6" s="65"/>
+      <c r="H6" s="65"/>
+      <c r="I6" s="66"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
       <c r="X6" s="1"/>
       <c r="Y6" s="1"/>
     </row>
     <row r="7" spans="4:26" ht="7.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D7" s="28"/>
-[...2 lines deleted...]
-      <c r="G7" s="29" t="s">
+      <c r="D7" s="27"/>
+      <c r="E7" s="38"/>
+      <c r="F7" s="31"/>
+      <c r="G7" s="28" t="s">
         <v>3</v>
       </c>
-      <c r="H7" s="32"/>
-      <c r="I7" s="30"/>
+      <c r="H7" s="31"/>
+      <c r="I7" s="29"/>
     </row>
     <row r="8" spans="4:26" ht="1.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D8" s="28"/>
-[...4 lines deleted...]
-      <c r="I8" s="30"/>
+      <c r="D8" s="27"/>
+      <c r="E8" s="38"/>
+      <c r="F8" s="31"/>
+      <c r="G8" s="39"/>
+      <c r="H8" s="31"/>
+      <c r="I8" s="29"/>
     </row>
     <row r="9" spans="4:26" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D9" s="28"/>
-[...4 lines deleted...]
-      <c r="I9" s="30"/>
+      <c r="D9" s="27"/>
+      <c r="E9" s="38"/>
+      <c r="F9" s="31"/>
+      <c r="G9" s="39"/>
+      <c r="H9" s="31"/>
+      <c r="I9" s="29"/>
     </row>
     <row r="10" spans="4:26" ht="14.25" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="D10" s="26"/>
-[...4 lines deleted...]
-      <c r="I10" s="27"/>
+      <c r="D10" s="25"/>
+      <c r="E10" s="30"/>
+      <c r="F10" s="31"/>
+      <c r="G10" s="32"/>
+      <c r="H10" s="31"/>
+      <c r="I10" s="26"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
       <c r="X10" s="1"/>
       <c r="Y10" s="1"/>
     </row>
     <row r="11" spans="4:26" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="D11" s="70" t="s">
+      <c r="D11" s="67" t="s">
         <v>13</v>
       </c>
-      <c r="E11" s="71"/>
-[...3 lines deleted...]
-      <c r="I11" s="72"/>
+      <c r="E11" s="68"/>
+      <c r="F11" s="68"/>
+      <c r="G11" s="68"/>
+      <c r="H11" s="68"/>
+      <c r="I11" s="69"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
       <c r="Z11" s="3"/>
     </row>
     <row r="12" spans="4:26" s="24" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D12" s="34" t="s">
+      <c r="D12" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="E12" s="35" t="s">
+      <c r="E12" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="F12" s="36" t="s">
+      <c r="F12" s="35" t="s">
         <v>4</v>
       </c>
-      <c r="G12" s="37" t="s">
+      <c r="G12" s="36" t="s">
         <v>5</v>
       </c>
-      <c r="H12" s="36" t="s">
+      <c r="H12" s="35" t="s">
         <v>6</v>
       </c>
-      <c r="I12" s="38" t="s">
+      <c r="I12" s="37" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="4:26" s="25" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D13" s="46" t="s">
+    <row r="13" spans="4:26" s="53" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D13" s="54" t="s">
         <v>14</v>
       </c>
-      <c r="E13" s="41">
-[...2 lines deleted...]
-      <c r="F13" s="42" t="s">
+      <c r="E13" s="55">
+        <v>45903.502146493054</v>
+      </c>
+      <c r="F13" s="54" t="s">
         <v>15</v>
       </c>
-      <c r="G13" s="42" t="s">
+      <c r="G13" s="54" t="s">
+        <v>25</v>
+      </c>
+      <c r="H13" s="54" t="s">
+        <v>10</v>
+      </c>
+      <c r="I13" s="56">
+        <v>158305</v>
+      </c>
+    </row>
+    <row r="14" spans="4:26" s="53" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D14" s="54" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" s="55">
+        <v>45904.583904282408</v>
+      </c>
+      <c r="F14" s="54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" s="54" t="s">
+        <v>26</v>
+      </c>
+      <c r="H14" s="54" t="s">
+        <v>27</v>
+      </c>
+      <c r="I14" s="56">
+        <v>15665</v>
+      </c>
+    </row>
+    <row r="15" spans="4:26" s="53" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D15" s="54" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" s="55">
+        <v>45904.583904282408</v>
+      </c>
+      <c r="F15" s="54" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" s="54" t="s">
+        <v>26</v>
+      </c>
+      <c r="H15" s="54" t="s">
+        <v>27</v>
+      </c>
+      <c r="I15" s="57">
+        <v>5664</v>
+      </c>
+    </row>
+    <row r="16" spans="4:26" s="53" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D16" s="54" t="s">
         <v>16</v>
       </c>
-      <c r="H13" s="42" t="s">
+      <c r="E16" s="55">
+        <v>45910.375324537032</v>
+      </c>
+      <c r="F16" s="54" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="H16" s="54" t="s">
         <v>10</v>
       </c>
-      <c r="I13" s="43">
-[...19 lines deleted...]
-      <c r="I14" s="43">
+      <c r="I16" s="57">
         <v>14000</v>
       </c>
     </row>
-    <row r="15" spans="4:26" s="53" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="H15" s="59" t="s">
+    <row r="17" spans="4:9" s="53" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D17" s="54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" s="55">
+        <v>45912.635654594902</v>
+      </c>
+      <c r="F17" s="54" t="s">
+        <v>24</v>
+      </c>
+      <c r="G17" s="54" t="s">
+        <v>29</v>
+      </c>
+      <c r="H17" s="54" t="s">
+        <v>27</v>
+      </c>
+      <c r="I17" s="57">
+        <v>14500</v>
+      </c>
+    </row>
+    <row r="18" spans="4:9" s="45" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D18" s="47"/>
+      <c r="E18" s="48"/>
+      <c r="F18" s="49"/>
+      <c r="G18" s="50"/>
+      <c r="H18" s="51" t="s">
         <v>7</v>
       </c>
-      <c r="I15" s="60">
-[...12 lines deleted...]
-      <c r="D17" s="54" t="s">
+      <c r="I18" s="52">
+        <f>SUM(I13:I17)</f>
+        <v>208134</v>
+      </c>
+    </row>
+    <row r="19" spans="4:9" s="45" customFormat="1" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D19" s="40"/>
+      <c r="E19" s="41"/>
+      <c r="F19" s="42"/>
+      <c r="H19" s="43"/>
+      <c r="I19" s="44"/>
+    </row>
+    <row r="20" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="D20" s="46" t="s">
         <v>11</v>
       </c>
-      <c r="E17" s="21"/>
-[...18 lines deleted...]
-      <c r="D20" s="20"/>
       <c r="E20" s="21"/>
       <c r="G20" s="22"/>
       <c r="I20" s="23"/>
     </row>
     <row r="21" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="D21" s="20"/>
+      <c r="D21" s="20" t="s">
+        <v>12</v>
+      </c>
       <c r="E21" s="21"/>
       <c r="G21" s="22"/>
       <c r="I21" s="23"/>
     </row>
     <row r="22" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="D22" s="20"/>
       <c r="E22" s="21"/>
       <c r="G22" s="22"/>
       <c r="I22" s="23"/>
     </row>
     <row r="23" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="D23" s="20"/>
       <c r="E23" s="21"/>
       <c r="G23" s="22"/>
       <c r="I23" s="23"/>
     </row>
     <row r="24" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="D24" s="20"/>
       <c r="E24" s="21"/>
       <c r="G24" s="22"/>
       <c r="I24" s="23"/>
     </row>
     <row r="25" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="D25" s="20"/>
       <c r="E25" s="21"/>
       <c r="G25" s="22"/>
       <c r="I25" s="23"/>
     </row>
     <row r="26" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="D26" s="20"/>
       <c r="E26" s="21"/>
       <c r="G26" s="22"/>
       <c r="I26" s="23"/>
     </row>
     <row r="27" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="D27" s="20"/>
+      <c r="D27" s="20" t="s">
+        <v>17</v>
+      </c>
       <c r="E27" s="21"/>
       <c r="G27" s="22"/>
       <c r="I27" s="23"/>
     </row>
     <row r="28" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="D28" s="20"/>
+      <c r="D28" s="20" t="s">
+        <v>18</v>
+      </c>
       <c r="E28" s="21"/>
       <c r="G28" s="22"/>
       <c r="I28" s="23"/>
+    </row>
+    <row r="29" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="D29" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="21"/>
+      <c r="G29" s="22"/>
+      <c r="I29" s="23"/>
+    </row>
+    <row r="30" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="D30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" s="21"/>
+      <c r="G30" s="22"/>
+      <c r="I30" s="23"/>
+    </row>
+    <row r="31" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="D31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" s="21"/>
+      <c r="G31" s="22"/>
+      <c r="I31" s="23"/>
+    </row>
+    <row r="32" spans="4:9" x14ac:dyDescent="0.25">
+      <c r="D32" s="11" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="33" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D33" s="11" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="34" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D34" s="11" t="s">
+        <v>20</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="D4:I4"/>
     <mergeCell ref="D5:I5"/>
     <mergeCell ref="D6:I6"/>
     <mergeCell ref="D11:I11"/>
   </mergeCells>
   <pageMargins left="0.98425196850393704" right="0.98425196850393704" top="0.6692913385826772" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup scale="51" orientation="landscape" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="9" max="23" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...48 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010066A6DA7BF045564F801BA258261952A0" ma:contentTypeVersion="12" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="f78b5a4b81f5450ed68a6fe3a702b173">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca07308b-7f6f-4884-84d4-06369045c3c6" xmlns:ns3="7eb1bf95-cae1-4747-8d37-345146136597" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="432ea4c21f84ca6ad673ab0cb0a4d0d8" ns2:_="" ns3:_="">
     <xsd:import namespace="ca07308b-7f6f-4884-84d4-06369045c3c6"/>
     <xsd:import namespace="7eb1bf95-cae1-4747-8d37-345146136597"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -1685,175 +1742,228 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="ca07308b-7f6f-4884-84d4-06369045c3c6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7eb1bf95-cae1-4747-8d37-345146136597">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <_dlc_DocId xmlns="ca07308b-7f6f-4884-84d4-06369045c3c6">HSZJ7PFNAEU2-267582076-54780</_dlc_DocId>
+    <_dlc_DocId xmlns="ca07308b-7f6f-4884-84d4-06369045c3c6">HSZJ7PFNAEU2-267582076-57616</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="ca07308b-7f6f-4884-84d4-06369045c3c6">
-      <Url>https://riegodo.sharepoint.com/sites/COMPRAS/_layouts/15/DocIdRedir.aspx?ID=HSZJ7PFNAEU2-267582076-54780</Url>
-      <Description>HSZJ7PFNAEU2-267582076-54780</Description>
+      <Url>https://riegodo.sharepoint.com/sites/COMPRAS/_layouts/15/DocIdRedir.aspx?ID=HSZJ7PFNAEU2-267582076-57616</Url>
+      <Description>HSZJ7PFNAEU2-267582076-57616</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8DD0A25-B2BF-40D0-8142-FB5D10ABF2BF}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CDE125E5-56EE-492A-B7C4-E12B196CA05A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ca07308b-7f6f-4884-84d4-06369045c3c6"/>
     <ds:schemaRef ds:uri="7eb1bf95-cae1-4747-8d37-345146136597"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF4B4B6F-0AF3-4DC4-A6FB-29242A8901FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ca07308b-7f6f-4884-84d4-06369045c3c6"/>
     <ds:schemaRef ds:uri="7eb1bf95-cae1-4747-8d37-345146136597"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E5513EF-05FC-468B-B4CC-811669519B53}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8DD0A25-B2BF-40D0-8142-FB5D10ABF2BF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>JUNIO</vt:lpstr>
-      <vt:lpstr>JUNIO!Área_de_impresión</vt:lpstr>
+      <vt:lpstr>SEPTIEMBRE</vt:lpstr>
+      <vt:lpstr>SEPTIEMBRE!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Windows User</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>David Jimenez</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SetDate">
     <vt:lpwstr>2025-04-03T13:26:21Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Name">
     <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SiteId">
     <vt:lpwstr>cd5600b3-7ee8-4183-902c-093d1c9bfe23</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ActionId">
     <vt:lpwstr>3372b5cd-cdad-4fb5-820f-48ebfee7a065</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x01010066A6DA7BF045564F801BA258261952A0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>79c58511-79e0-4928-a9b5-ebdc27c76650</vt:lpwstr>
+    <vt:lpwstr>d5a34730-4784-4726-891d-2b3bc8238ae8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>