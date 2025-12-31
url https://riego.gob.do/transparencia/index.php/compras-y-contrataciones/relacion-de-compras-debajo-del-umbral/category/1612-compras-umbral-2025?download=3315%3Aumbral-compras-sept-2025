--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -6,199 +6,241 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://riegodo.sharepoint.com/sites/COMPRAS/Documentos/2025/INFORME DE COMPRAS Y CONTRATACIONES PARA LA OAI 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Wendy Suazo\Desktop\INFORME DE COMPRAS Y CONTRATACIONES PARA LA OAI 2025\9-INFORME DE SEPTIEMBRE 2025 1\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="32" documentId="8_{90A5190A-96ED-4B00-817B-8DD18234749A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F425D166-8DCA-446C-8570-D50F21C780F6}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{17BBE9BF-0EE9-4EB8-961B-AACE21C8081A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="18690" yWindow="3780" windowWidth="9270" windowHeight="8265" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="JUNIO" sheetId="1" r:id="rId1"/>
+    <sheet name="SEPTIEMBRE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">JUNIO!$A$1:$K$22</definedName>
-    <definedName name="lnkProcurementContractViewLinkNewTab_0" localSheetId="0">JUNIO!#REF!</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">SEPTIEMBRE!$A$1:$K$27</definedName>
+    <definedName name="lnkProcurementContractViewLinkNewTab_0" localSheetId="0">SEPTIEMBRE!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I17" i="1" l="1"/>
+  <c r="I22" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="45">
+  <si>
+    <t>DIVISIÓN DE COMPRAS Y CONTRATACIONES</t>
+  </si>
+  <si>
+    <t>RELACION DE COMPRAS POR DEBAJO DEL UMBRAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                            MES DE JULIO 2020</t>
+  </si>
+  <si>
+    <t>MES DE SEPTIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>CODIGO DEL PROCESO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FECHA </t>
+  </si>
+  <si>
+    <t>ORDEN</t>
+  </si>
+  <si>
+    <t>DESCRIPCIÓN</t>
+  </si>
   <si>
     <t>SUPLIDOR</t>
   </si>
   <si>
     <t>MONTO</t>
   </si>
   <si>
-    <t>CODIGO DEL PROCESO</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">                                            MES DE JULIO 2020</t>
+    <t>TNR-DAF-CD-2025-0060</t>
+  </si>
+  <si>
+    <t>DESIERTO</t>
+  </si>
+  <si>
+    <t>Servicio de Fumigación 3er Trimestre para la Dirección Ejecutiva de Tecnificación Nacional de Riego.</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>TNR-DAF-CD-2025-0061</t>
+  </si>
+  <si>
+    <t>TNR-2025-00119</t>
+  </si>
+  <si>
+    <t>Renovación de Licencia Microsoft 365  para la Dirección Ejecutiva de Tecnificación Nacional de Riego.</t>
+  </si>
+  <si>
+    <t>PWA, EIRL</t>
+  </si>
+  <si>
+    <t>TNR-DAF-CD-2025-0062</t>
+  </si>
+  <si>
+    <t>TNR-2025-00120</t>
+  </si>
+  <si>
+    <t>Relanzamiento Servicio de Fumigación 3er Trimestre para la Dirección Ejecutiva de Tecnificación Nacional de Riego.</t>
+  </si>
+  <si>
+    <t>E&amp;R Fumiplag Pest Control, SRL.</t>
+  </si>
+  <si>
+    <t>TNR-DAF-CD-2025-0064</t>
+  </si>
+  <si>
+    <t>25/09/2025</t>
+  </si>
+  <si>
+    <t>TNR-2025-00125</t>
+  </si>
+  <si>
+    <t>Servicio de Impresión de Diplomas correspondientes a cursos y talleres de la Div. de Extensión y Capacitació de TNR.</t>
+  </si>
+  <si>
+    <t>Gráficas Comerciales Edward, SRL.</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>Nota: Relación hecha en base a fecha de publicación</t>
   </si>
   <si>
     <t>Mihail R. García</t>
   </si>
   <si>
     <t>Enc. División de Compras y Contrataciones</t>
   </si>
   <si>
-    <t>ORDEN</t>
-[...68 lines deleted...]
-    <t>PWA, EIRL</t>
+    <t>TNR-DAF-CD-2025-0058</t>
+  </si>
+  <si>
+    <t>Suministro Material Gastable de Oficina T-3</t>
+  </si>
+  <si>
+    <t>TNR-2025-00121</t>
+  </si>
+  <si>
+    <t>TNR-2025-00122</t>
+  </si>
+  <si>
+    <t>TNR-2025-00123</t>
+  </si>
+  <si>
+    <t>Inversiones Gretmon, SRL</t>
+  </si>
+  <si>
+    <t>Offitek, SRL</t>
+  </si>
+  <si>
+    <t>MARIA NIEVES ALVAREZ REVILLA</t>
+  </si>
+  <si>
+    <t>TNR-DAF-CD-2025-0059</t>
+  </si>
+  <si>
+    <t>Compra UPS para Servidor de Tecnificación Nacional de Riego.</t>
+  </si>
+  <si>
+    <t>TNR-DAF-CD-2025-0063</t>
+  </si>
+  <si>
+    <t>TNR-2025-00124</t>
+  </si>
+  <si>
+    <t>Relanzamiento Compra UPS para Servidor de Tecnificación Nacional de Riego.</t>
+  </si>
+  <si>
+    <t>Inversiones Iparra Del Caribe, SRL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="165" formatCode="_-[$$-2C0A]\ * #,##0.00_-;\-[$$-2C0A]\ * #,##0.00_-;_-[$$-2C0A]\ * &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="_-[$$-2C0A]\ * #,##0.00_-;\-[$$-2C0A]\ * #,##0.00_-;_-[$$-2C0A]\ * &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -257,50 +299,63 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="0"/>
@@ -411,146 +466,146 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="77">
+  <cellXfs count="87">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="13" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
@@ -573,140 +628,175 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="14" fontId="14" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="14" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="14" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="11" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="11" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="10" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="10" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="9" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="14" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="10" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="10" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="43" fontId="14" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Millares" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
@@ -1019,507 +1109,502 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AC50"/>
+  <dimension ref="A1:AB55"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="H4" zoomScale="65" zoomScaleNormal="65" zoomScaleSheetLayoutView="110" workbookViewId="0">
-      <selection activeCell="I14" sqref="I14"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="D2" zoomScale="110" zoomScaleNormal="80" zoomScaleSheetLayoutView="110" workbookViewId="0">
+      <selection activeCell="U19" sqref="U19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="21" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="0.28515625" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="32.5703125" style="11" customWidth="1"/>
     <col min="5" max="5" width="13.28515625" style="7" customWidth="1"/>
     <col min="6" max="6" width="19.7109375" style="25" customWidth="1"/>
     <col min="7" max="7" width="85" style="2" customWidth="1"/>
     <col min="8" max="8" width="36.5703125" style="18" customWidth="1"/>
     <col min="9" max="9" width="21.85546875" style="17" customWidth="1"/>
     <col min="10" max="10" width="1.5703125" hidden="1" customWidth="1"/>
     <col min="11" max="19" width="11.42578125" hidden="1" customWidth="1"/>
-    <col min="20" max="20" width="5.140625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="31" max="31" width="21" customWidth="1"/>
+    <col min="21" max="21" width="21" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" ht="21.75" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="4:19" ht="21.75" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="D1" s="10"/>
       <c r="G1" s="4"/>
       <c r="I1" s="14"/>
     </row>
-    <row r="2" spans="1:29" ht="1.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="4:19" ht="1.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="D2" s="12"/>
       <c r="E2" s="8"/>
       <c r="F2" s="26"/>
       <c r="G2" s="5"/>
       <c r="H2" s="19"/>
       <c r="I2" s="15"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
-      <c r="T2" s="1"/>
-[...9 lines deleted...]
-    <row r="3" spans="1:29" ht="23.25" hidden="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="3" spans="4:19" ht="24" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="D3" s="13"/>
       <c r="E3" s="9"/>
       <c r="F3" s="27"/>
       <c r="G3" s="6"/>
       <c r="I3" s="16"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
-      <c r="T3" s="1"/>
-[...15 lines deleted...]
-      <c r="I4" s="67"/>
+    </row>
+    <row r="4" spans="4:19" ht="103.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D4" s="75"/>
+      <c r="E4" s="76"/>
+      <c r="F4" s="76"/>
+      <c r="G4" s="76"/>
+      <c r="H4" s="76"/>
+      <c r="I4" s="77"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
-      <c r="T4" s="1"/>
-[...17 lines deleted...]
-      <c r="I5" s="70"/>
+    </row>
+    <row r="5" spans="4:19" ht="23.25" x14ac:dyDescent="0.35">
+      <c r="D5" s="78" t="s">
+        <v>0</v>
+      </c>
+      <c r="E5" s="79"/>
+      <c r="F5" s="79"/>
+      <c r="G5" s="79"/>
+      <c r="H5" s="79"/>
+      <c r="I5" s="80"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
-      <c r="T5" s="1"/>
-[...17 lines deleted...]
-      <c r="I6" s="73"/>
+    </row>
+    <row r="6" spans="4:19" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D6" s="81" t="s">
+        <v>1</v>
+      </c>
+      <c r="E6" s="82"/>
+      <c r="F6" s="82"/>
+      <c r="G6" s="82"/>
+      <c r="H6" s="82"/>
+      <c r="I6" s="83"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
-      <c r="T6" s="1"/>
-[...9 lines deleted...]
-    <row r="7" spans="1:29" ht="7.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="7" spans="4:19" ht="7.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D7" s="41"/>
       <c r="G7" s="29" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I7" s="30"/>
     </row>
-    <row r="8" spans="1:29" ht="1.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="4:19" ht="1.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D8" s="41"/>
       <c r="G8" s="42"/>
       <c r="I8" s="30"/>
     </row>
-    <row r="9" spans="1:29" ht="23.25" hidden="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="4:19" ht="23.25" hidden="1" x14ac:dyDescent="0.35">
       <c r="D9" s="41"/>
       <c r="G9" s="42"/>
       <c r="I9" s="30"/>
     </row>
-    <row r="10" spans="1:29" ht="14.25" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="4:19" ht="14.25" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="D10" s="43"/>
       <c r="E10" s="9"/>
       <c r="F10" s="27"/>
       <c r="G10" s="6"/>
       <c r="I10" s="16"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
-      <c r="T10" s="1"/>
-[...17 lines deleted...]
-      <c r="I11" s="76"/>
+    </row>
+    <row r="11" spans="4:19" ht="27" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D11" s="84" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="85"/>
+      <c r="F11" s="85"/>
+      <c r="G11" s="85"/>
+      <c r="H11" s="85"/>
+      <c r="I11" s="86"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
-      <c r="T11" s="3"/>
-[...17 lines deleted...]
-      <c r="F12" s="55" t="s">
+    </row>
+    <row r="12" spans="4:19" s="24" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D12" s="53" t="s">
+        <v>4</v>
+      </c>
+      <c r="E12" s="54" t="s">
+        <v>5</v>
+      </c>
+      <c r="F12" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="G12" s="55" t="s">
         <v>7</v>
       </c>
-      <c r="G12" s="56" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="57" t="s">
+      <c r="H12" s="56" t="s">
+        <v>8</v>
+      </c>
+      <c r="I12" s="57" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="13" spans="4:19" s="64" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D13" s="74" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" s="73">
+        <v>45904.583904282408</v>
+      </c>
+      <c r="F13" s="67" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="H13" s="69" t="s">
+        <v>36</v>
+      </c>
+      <c r="I13" s="70">
+        <v>15665</v>
+      </c>
+    </row>
+    <row r="14" spans="4:19" s="64" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D14" s="74" t="s">
+        <v>31</v>
+      </c>
+      <c r="E14" s="73">
+        <v>45904.583904282408</v>
+      </c>
+      <c r="F14" s="67" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="H14" s="69" t="s">
+        <v>37</v>
+      </c>
+      <c r="I14" s="70">
+        <v>10347</v>
+      </c>
+    </row>
+    <row r="15" spans="4:19" s="64" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D15" s="74" t="s">
+        <v>31</v>
+      </c>
+      <c r="E15" s="73">
+        <v>45904.583904282408</v>
+      </c>
+      <c r="F15" s="67" t="s">
+        <v>35</v>
+      </c>
+      <c r="G15" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15" s="71" t="s">
+        <v>38</v>
+      </c>
+      <c r="I15" s="70">
+        <v>5664</v>
+      </c>
+    </row>
+    <row r="16" spans="4:19" s="64" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D16" s="74" t="s">
+        <v>39</v>
+      </c>
+      <c r="E16" s="73">
+        <v>45902</v>
+      </c>
+      <c r="F16" s="73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" s="68" t="s">
+        <v>40</v>
+      </c>
+      <c r="H16" s="72"/>
+      <c r="I16" s="70">
         <v>0</v>
       </c>
-      <c r="I12" s="58" t="s">
-[...100 lines deleted...]
-      <c r="A17" s="45"/>
+    </row>
+    <row r="17" spans="1:10" s="39" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="40"/>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
-      <c r="D17" s="64"/>
-[...3 lines deleted...]
-      <c r="H17" s="44" t="s">
+      <c r="D17" s="32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" s="47">
+        <v>45697</v>
+      </c>
+      <c r="F17" s="48" t="s">
         <v>11</v>
       </c>
-      <c r="I17" s="52">
-[...17 lines deleted...]
-      <c r="G19" s="62" t="s">
+      <c r="G17" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="H19" s="62"/>
-[...48 lines deleted...]
-      <c r="G25" s="22"/>
+      <c r="H17" s="32" t="s">
+        <v>13</v>
+      </c>
+      <c r="I17" s="65">
+        <v>0</v>
+      </c>
+      <c r="J17" s="52"/>
+    </row>
+    <row r="18" spans="1:10" s="39" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="40"/>
+      <c r="B18" s="40"/>
+      <c r="C18" s="40"/>
+      <c r="D18" s="32" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="48">
+        <v>45903</v>
+      </c>
+      <c r="F18" s="48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" s="31" t="s">
+        <v>16</v>
+      </c>
+      <c r="H18" s="31" t="s">
+        <v>17</v>
+      </c>
+      <c r="I18" s="66">
+        <v>158305</v>
+      </c>
+      <c r="J18" s="52"/>
+    </row>
+    <row r="19" spans="1:10" s="39" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="40"/>
+      <c r="B19" s="40"/>
+      <c r="C19" s="40"/>
+      <c r="D19" s="32" t="s">
+        <v>18</v>
+      </c>
+      <c r="E19" s="48">
+        <v>45939</v>
+      </c>
+      <c r="F19" s="48" t="s">
+        <v>19</v>
+      </c>
+      <c r="G19" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="H19" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="I19" s="66">
+        <v>14000</v>
+      </c>
+      <c r="J19" s="52"/>
+    </row>
+    <row r="20" spans="1:10" s="39" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="40"/>
+      <c r="B20" s="40"/>
+      <c r="C20" s="40"/>
+      <c r="D20" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E20" s="48">
+        <v>45912.635654594902</v>
+      </c>
+      <c r="F20" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="G20" s="32" t="s">
+        <v>43</v>
+      </c>
+      <c r="H20" s="31" t="s">
+        <v>44</v>
+      </c>
+      <c r="I20" s="66">
+        <v>14500</v>
+      </c>
+      <c r="J20" s="52"/>
+    </row>
+    <row r="21" spans="1:10" s="39" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="40"/>
+      <c r="B21" s="40"/>
+      <c r="C21" s="40"/>
+      <c r="D21" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" s="47" t="s">
+        <v>23</v>
+      </c>
+      <c r="F21" s="48" t="s">
+        <v>24</v>
+      </c>
+      <c r="G21" s="32" t="s">
+        <v>25</v>
+      </c>
+      <c r="H21" s="32" t="s">
+        <v>26</v>
+      </c>
+      <c r="I21" s="50">
+        <v>3304</v>
+      </c>
+      <c r="J21" s="52"/>
+    </row>
+    <row r="22" spans="1:10" s="39" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="45"/>
+      <c r="B22" s="40"/>
+      <c r="C22" s="40"/>
+      <c r="D22" s="63"/>
+      <c r="E22" s="49"/>
+      <c r="F22" s="46"/>
+      <c r="G22" s="31"/>
+      <c r="H22" s="44" t="s">
+        <v>27</v>
+      </c>
+      <c r="I22" s="51">
+        <f>SUM(I13:I21)</f>
+        <v>221785</v>
+      </c>
+      <c r="J22" s="52"/>
+    </row>
+    <row r="23" spans="1:10" s="40" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D23" s="60"/>
+      <c r="E23" s="58"/>
+      <c r="F23" s="59"/>
+      <c r="G23" s="60"/>
+      <c r="H23" s="61"/>
+      <c r="I23" s="62"/>
+    </row>
+    <row r="24" spans="1:10" s="40" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D24" s="60"/>
+      <c r="E24" s="58"/>
+      <c r="F24" s="59"/>
+      <c r="G24" s="61" t="s">
+        <v>28</v>
+      </c>
+      <c r="H24" s="61"/>
+      <c r="I24" s="62"/>
+    </row>
+    <row r="25" spans="1:10" ht="61.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="D25" s="33"/>
+      <c r="E25" s="34"/>
+      <c r="F25" s="35"/>
+      <c r="G25" s="36"/>
+      <c r="H25" s="37"/>
       <c r="I25" s="23"/>
     </row>
     <row r="26" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="D26" s="20"/>
-[...2 lines deleted...]
-      <c r="G26" s="22"/>
+      <c r="D26" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="E26" s="34"/>
+      <c r="F26" s="35"/>
+      <c r="G26" s="36"/>
+      <c r="H26" s="37"/>
       <c r="I26" s="23"/>
     </row>
     <row r="27" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="D27" s="20"/>
-[...2 lines deleted...]
-      <c r="G27" s="22"/>
+      <c r="D27" s="34" t="s">
+        <v>30</v>
+      </c>
+      <c r="E27" s="34"/>
+      <c r="F27" s="35"/>
+      <c r="G27" s="36"/>
+      <c r="H27" s="37"/>
       <c r="I27" s="23"/>
     </row>
     <row r="28" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
       <c r="D28" s="20"/>
       <c r="E28" s="21"/>
       <c r="F28" s="28"/>
       <c r="G28" s="22"/>
       <c r="I28" s="23"/>
     </row>
     <row r="29" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
       <c r="D29" s="20"/>
       <c r="E29" s="21"/>
       <c r="F29" s="28"/>
       <c r="G29" s="22"/>
       <c r="I29" s="23"/>
     </row>
     <row r="30" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
       <c r="D30" s="20"/>
       <c r="E30" s="21"/>
       <c r="F30" s="28"/>
       <c r="G30" s="22"/>
       <c r="I30" s="23"/>
     </row>
     <row r="31" spans="1:10" ht="18.75" x14ac:dyDescent="0.3">
       <c r="D31" s="20"/>
@@ -1638,106 +1723,200 @@
       <c r="E47" s="21"/>
       <c r="F47" s="28"/>
       <c r="G47" s="22"/>
       <c r="I47" s="23"/>
     </row>
     <row r="48" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="D48" s="20"/>
       <c r="E48" s="21"/>
       <c r="F48" s="28"/>
       <c r="G48" s="22"/>
       <c r="I48" s="23"/>
     </row>
     <row r="49" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="D49" s="20"/>
       <c r="E49" s="21"/>
       <c r="F49" s="28"/>
       <c r="G49" s="22"/>
       <c r="I49" s="23"/>
     </row>
     <row r="50" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
       <c r="D50" s="20"/>
       <c r="E50" s="21"/>
       <c r="F50" s="28"/>
       <c r="G50" s="22"/>
       <c r="I50" s="23"/>
+    </row>
+    <row r="51" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="D51" s="20"/>
+      <c r="E51" s="21"/>
+      <c r="F51" s="28"/>
+      <c r="G51" s="22"/>
+      <c r="I51" s="23"/>
+    </row>
+    <row r="52" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="D52" s="20"/>
+      <c r="E52" s="21"/>
+      <c r="F52" s="28"/>
+      <c r="G52" s="22"/>
+      <c r="I52" s="23"/>
+    </row>
+    <row r="53" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="D53" s="20"/>
+      <c r="E53" s="21"/>
+      <c r="F53" s="28"/>
+      <c r="G53" s="22"/>
+      <c r="I53" s="23"/>
+    </row>
+    <row r="54" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="D54" s="20"/>
+      <c r="E54" s="21"/>
+      <c r="F54" s="28"/>
+      <c r="G54" s="22"/>
+      <c r="I54" s="23"/>
+    </row>
+    <row r="55" spans="4:9" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="D55" s="20"/>
+      <c r="E55" s="21"/>
+      <c r="F55" s="28"/>
+      <c r="G55" s="22"/>
+      <c r="I55" s="23"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="D4:I4"/>
     <mergeCell ref="D5:I5"/>
     <mergeCell ref="D6:I6"/>
     <mergeCell ref="D11:I11"/>
   </mergeCells>
   <printOptions verticalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.39370078740157483" bottom="0.27559055118110237" header="0.31496062992125984" footer="0.19685039370078741"/>
   <pageSetup scale="55" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="22" max="16383" man="1"/>
+    <brk id="27" max="16383" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="9" max="24" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="ca07308b-7f6f-4884-84d4-06369045c3c6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7eb1bf95-cae1-4747-8d37-345146136597">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_dlc_DocId xmlns="ca07308b-7f6f-4884-84d4-06369045c3c6">HSZJ7PFNAEU2-267582076-57615</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="ca07308b-7f6f-4884-84d4-06369045c3c6">
       <Url>https://riegodo.sharepoint.com/sites/COMPRAS/_layouts/15/DocIdRedir.aspx?ID=HSZJ7PFNAEU2-267582076-57615</Url>
       <Description>HSZJ7PFNAEU2-267582076-57615</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010066A6DA7BF045564F801BA258261952A0" ma:contentTypeVersion="12" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="f78b5a4b81f5450ed68a6fe3a702b173">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca07308b-7f6f-4884-84d4-06369045c3c6" xmlns:ns3="7eb1bf95-cae1-4747-8d37-345146136597" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="432ea4c21f84ca6ad673ab0cb0a4d0d8" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010066A6DA7BF045564F801BA258261952A0" ma:contentTypeVersion="12" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="1a103126690f6f0cae34cc03b35f678e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca07308b-7f6f-4884-84d4-06369045c3c6" xmlns:ns3="7eb1bf95-cae1-4747-8d37-345146136597" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="788ffe6356af193ec8628c631b3c0d51" ns2:_="" ns3:_="">
     <xsd:import namespace="ca07308b-7f6f-4884-84d4-06369045c3c6"/>
     <xsd:import namespace="7eb1bf95-cae1-4747-8d37-345146136597"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -1917,197 +2096,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...57 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C28D70DB-C2EA-4595-911B-3F480EAA9CE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ca07308b-7f6f-4884-84d4-06369045c3c6"/>
     <ds:schemaRef ds:uri="7eb1bf95-cae1-4747-8d37-345146136597"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{435E841F-9561-42A4-A967-7CF941DF869B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56CDE05F-5012-4DD5-807A-756FCB3F80A7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C80128E8-5141-4636-A45A-1A12D2586169}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8F4D4A4-998D-43A3-98EE-9575DA6D662A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ca07308b-7f6f-4884-84d4-06369045c3c6"/>
     <ds:schemaRef ds:uri="7eb1bf95-cae1-4747-8d37-345146136597"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...14 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>JUNIO</vt:lpstr>
-      <vt:lpstr>JUNIO!Área_de_impresión</vt:lpstr>
+      <vt:lpstr>SEPTIEMBRE</vt:lpstr>
+      <vt:lpstr>SEPTIEMBRE!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>Windows User</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>David Jimenez</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SetDate">
     <vt:lpwstr>2025-04-03T13:27:32Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Name">
     <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SiteId">
     <vt:lpwstr>cd5600b3-7ee8-4183-902c-093d1c9bfe23</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ActionId">
     <vt:lpwstr>0644ca36-6cb1-4997-b487-d34c00926735</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>