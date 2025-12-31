--- v0 (2025-11-05)
+++ v1 (2025-12-31)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Rosangel\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4387E522-BD66-4484-AB73-3DBEB9F48220}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D558DA4D-8553-469D-8B37-8A7487EB9B97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{1F965577-BBB5-4D17-84A0-655A7B9E7366}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{1F965577-BBB5-4D17-84A0-655A7B9E7366}"/>
   </bookViews>
   <sheets>
-    <sheet name="AGOSTO-2024-evaluacionnnn 1" sheetId="1" r:id="rId1"/>
+    <sheet name="Oct-2025-evaluacionnnn 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="29">
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Puntuación de transparencia</t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Comisión de Fomento a la Tecnificación Nacional de Riego (TNR)</t>
   </si>
   <si>
     <t>Enero</t>
   </si>
   <si>
     <t>Febrero</t>
   </si>
   <si>
     <t>Marzo</t>
   </si>
   <si>
@@ -109,50 +109,56 @@
     <t>junio</t>
   </si>
   <si>
     <t>julio</t>
   </si>
   <si>
     <t>agosto</t>
   </si>
   <si>
     <t>sept</t>
   </si>
   <si>
     <t>oct</t>
   </si>
   <si>
     <t>nov</t>
   </si>
   <si>
     <t>dic</t>
   </si>
   <si>
     <t>marzo</t>
   </si>
   <si>
     <t>abril</t>
+  </si>
+  <si>
+    <t>septiembre</t>
+  </si>
+  <si>
+    <t>octubre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Aptos Narrow"/>
@@ -973,54 +979,54 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C0874146-05E2-43D5-9247-5D5B1EF0775A}">
-  <dimension ref="A1:D45"/>
+  <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A25" workbookViewId="0">
-      <selection activeCell="D46" sqref="D46"/>
+      <selection activeCell="D48" sqref="D48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
         <v>38.1</v>
       </c>
@@ -1608,76 +1614,104 @@
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>4</v>
       </c>
       <c r="B44">
         <v>94.79</v>
       </c>
       <c r="C44" t="s">
         <v>19</v>
       </c>
       <c r="D44">
         <v>2025</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>4</v>
       </c>
       <c r="B45">
         <v>94.79</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>4</v>
+      </c>
+      <c r="B46">
+        <v>98.75</v>
+      </c>
+      <c r="C46" t="s">
+        <v>27</v>
+      </c>
+      <c r="D46">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>4</v>
+      </c>
+      <c r="B47">
+        <v>94.79</v>
+      </c>
+      <c r="C47" t="s">
+        <v>28</v>
+      </c>
+      <c r="D47">
         <v>2025</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>AGOSTO-2024-evaluacionnnn 1</vt:lpstr>
+      <vt:lpstr>Oct-2025-evaluacionnnn 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SetDate">
     <vt:lpwstr>2025-09-17T12:27:37Z</vt:lpwstr>
   </property>